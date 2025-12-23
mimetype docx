--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -74,51 +74,51 @@
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">7 Días y 6 Noches</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:before="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
-        <w:t xml:space="preserve">Desde $1999</w:t>
+        <w:t xml:space="preserve">Desde $1899</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">USD</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
         <w:t xml:space="preserve"> |  + 0 IMP </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:450pt; height:300pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
@@ -942,275 +942,222 @@
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">FECHA</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">FECHAS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">DOBLE/TRIPLE</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">DOBLE / TRIPLE</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">MENOR (2 a 11 años*)</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">MENOR (2 A 11 AÑOS)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MARZO 30</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...69 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 1.899</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 2.199</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 1.699</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFA: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nuestros programas son calculados a un tipo de cambio promedio del año vigente entre el peso colombiano frente al dólar y al euro; en caso de existir una fluctuación importante al alza, este ajuste será notificado vía correo electrónico por su asesor de venta.</w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Estos precios aplican para pagos en efectivo al cambio de la TRM del día.</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
+        <w:t xml:space="preserve">Estos precios aplican para pagos en efectivo al cambio de la TRM del día. En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HABITACIÓN TRIPLE: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Será asignada de acuerdo con la disponibilidad al momento del registro en cada hotel: </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">*Una cama doble + Rollaway (cama plegable) o </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
@@ -1272,332 +1219,270 @@
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">FECHA</w:t>
-[...28 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">FECHAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DOBLE / TRIPLE</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...25 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MENOR (2 A 11 AÑOS)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MARZO 30</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...69 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$7.399.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$ 8.499.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$ 6.599.000</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">TARIFA:</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Nuestros programas son calculados a un tipo de cambio promedio del año vigente entre el peso colombiano frente al dólar y al euro; en caso de existir una fluctuación importante al alza, este ajuste será notificado vía correo electrónico por su asesor de venta.</w:t>
+        <w:t xml:space="preserve">TARIFA: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Nuestros programas son calculados a un tipo de cambio promedio del año vigente entre el peso colombiano frente al dólar y al euro; en caso de existir una fluctuación importante al alza, este ajuste será notificado vía correo electrónico por su asesor de venta.</w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTA: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Estos precios aplican para pagos en efectivo al cambio de la TRM del día. En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">NOTA: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
+        <w:t xml:space="preserve">HABITACIÓN TRIPLE: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Será asignada de acuerdo con la disponibilidad al momento del registro en cada hotel: </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">*Una cama doble + Rollaway (cama plegable) o </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">*Dos camas (de 1 mt c/u) + Rollaway (cama plegable)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">HABITACIÓN TRIPLE:</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve">de 2 a 11 años debe compartir habitación con sus padres. </w:t>
+        <w:t xml:space="preserve">*MENOR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> de 2 a 11 años debe compartir habitación con sus padres. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">- Solo es permitido 1 niño por habitación. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">- Niño 12 años en adelante se considera adulto.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">PREVENTA - Tarifas vigentes hasta 30 de NOVIEMBRE 2025</w:t>
+      <w:br/>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PREVENTA -  TARIFAS VIGENTES HASTA EL 30 DE DICIEMBRE DE 2025</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Los precios indicados en este sitio web, son de carácter informativo y deben ser confirmados para realizar su reservación ya que están sujetos a modificaciones sin previo aviso.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•      Las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•      No nos haremos responsables por los servicios contratados en otras empresas contratados en otras empresas.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
@@ -1611,532 +1496,401 @@
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LATAM ITINERARIO AÉREO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vuelo</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ruta</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hora salida</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hora llegada</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LA 2387</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BOGOTÁ – LIMA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">17:17</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">20:15</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LA 2200</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LIMA – CUSCO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">21:10</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">22:30</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LA 2006</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CUSCO – LIMA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">06:55</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">08:30</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LA 4905</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LIMA – BOGOTÁ</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">16:00</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">19:10</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Estos itinerarios se publican con los vuelos informados por las aerolíneas, pueden variar si así lo determinan</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="2ca1d7"/>
           <w:sz w:val="45"/>
@@ -2192,253 +1946,199 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CUSCO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SAN AGUSTIN INTERNACIONAL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LIMA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BRITANIA CRYSTAL COLLECTION</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Relacionamos los hoteles utilizados con mayor frecuencia en este circuito. Esto a manera informativa, indicando también que el pasajero puede ser alojado en establecimientos similares o alternativos en la misma categoría.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -3067,51 +2767,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4774650F"/>
+    <w:nsid w:val="0BB6203B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>