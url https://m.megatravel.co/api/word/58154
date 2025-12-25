--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -1249,50 +1249,62 @@
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TARIFA:</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> Esta tarifa aplica para pago en pesos colombianos a la tasa representativa del mercado (TRM) del día del pago.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TARIFAS VIGENTES 30 NOVIEMBRE 2025.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
@@ -2183,51 +2195,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FD370165"/>
+    <w:nsid w:val="47A8A8E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2331,51 +2343,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="F548CA45"/>
+    <w:nsid w:val="050964E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>