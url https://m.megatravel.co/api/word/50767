--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -74,51 +74,51 @@
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">8 Días y 7 Noches</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:before="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
-        <w:t xml:space="preserve">Desde $1599</w:t>
+        <w:t xml:space="preserve">Desde $1899</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">USD</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
         <w:t xml:space="preserve"> |  + 0 IMP </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:450pt; height:300pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
@@ -388,54 +388,50 @@
         </w:rPr>
         <w:t xml:space="preserve">CIUDADES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">San Salvador, </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Antigua Guatemala, </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">Guatemala, </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Panajachel, </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Copán, </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
@@ -477,349 +473,331 @@
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">DÍA 01 - (28 MARZO 2026)</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">BOGOTÁ – SAN SALVADOR </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Presentación con 3 horas de antelación en el aeropuerto internacional El Dorado de Bogotá para abordar vuelo con destino a la ciudad de Salvador. Llegada al Aeropuerto Internacional </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">, recepción y traslado hacia el hotel. </w:t>
+        <w:t xml:space="preserve">Presentación con 3 horas de antelación en el aeropuerto internacional El Dorado de Bogotá para abordar vuelo con destino a la ciudad de Salvador. Llegada al Aeropuerto Internacional San Oscar Arnulfo SALVADOR, recepción y traslado hacia el hotel. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Alojamiento.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">DÍA 02 - (29 MARZO 2026)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">SAN SALVADOR – SANTA ANA - COPÁN (HONDURAS) </w:t>
+        <w:t xml:space="preserve">DÍA 02: </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SAN SALVADOR – CIUDAD DE GUATEMALA </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">. A la hora indicada partimos hacia Santa Ana, donde visitaremos el impresionante Lago de Coatepeque, un espejo de agua de origen volcánico que deslumbra con sus tonalidades cambiantes y su entorno montañoso. Este rincón paradisíaco es ideal para relajarse y admirar la serenidad del paisaje. Tiempo libre para almorzar con vistas panorámicas al lago. Continuamos nuestro viaje hacia la ciudad de Guatemala. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alojamiento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 03</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PANAJACHEL</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">A la hora indicada nos dirigiremos hacia el Lago de Atitlán, una de las joyas naturales más impresionantes de Guatemala, rodeado de imponentes volcanes y encantadores pueblos indígenas. A bordo de una embarcación local, navegaremos por sus aguas cristalinas, disfrutando de vistas panorámicas que parecen sacadas de un cuadro. Visitaremos algunos de los pintorescos poblados a orillas del lago, donde la cultura maya sigue viva en sus tradiciones, coloridos trajes típicos y vibrantes mercados artesanales. Tendremos la oportunidad de conocer talleres de arte local, templos  coloniales y espacios que preservan la esencia de este mágico rincón. Al final del día, regresamos a Ciudad de Guatemala para descansar. Resto del día libre. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alojamiento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 04</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CIUDAD DE GUATEMALA - COPAN</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">DESAYUNO.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> A la hora indicada partimos hacia Santa Ana, donde visitaremos el impresionante Lago de Coatepeque, un espejo de agua de origen volcánico que deslumbra con sus tonalidades cambiantes y su entorno montañoso. Este rincón paradisíaco es ideal para relajarse y admirar la serenidad del paisaje. Tiempo libre para almorzar con vistas panorámicas al lago. Continuamos nuestro viaje hacia Copán, un encantador pueblo colonial conocido por su legado arqueológico. Llegada al hotel y tiempo libre para explorar sus calles empedradas y su ambiente tradicional.</w:t>
+        <w:t xml:space="preserve"> A la hora indicada iniciaremos un recorrido panorámico por la ciudad de Guatemala, visitando el Centro Histórico, la Catedral Metropolitana y la Plaza de la Constitución, rodeada de edificios emblemáticos como el Palacio Nacional de la Cultura. Conoceremos monumentos representativos y puntos clave de la ciudad antes de emprender el viaje a Copán, Honduras.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alojamiento.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">DÍA 03 - (30 MARZO 2026)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">HONDURAS COPÁN – ANTIGUA GUATEMALA (267km) </w:t>
+        <w:t xml:space="preserve">DÍA 05 </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COPÁN </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">DESAYUNO. </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">A la hora indicada iniciaremos la visita al Sitio Arqueológico de Copán, una de las ciudades más fascinantes del mundo maya y Patrimonio de la Humanidad por la UNESCO. Exploraremos sus majestuosas estelas esculpidas, la imponente Escalinata Jeroglífica, considerada el texto maya más largo descubierto, y la Gran Plaza, famosa por sus impresionantes altares y figuras talladas en piedra. Este sitio, rodeado de exuberante vegetación, nos transportará a la grandeza de una civilización milenaria.</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Continuamos nuestro viaje hacia Antigua Guatemala, una de las ciudades coloniales más bellas de América y declarada Patrimonio Cultural de la Humanidad por la UNESCO. Al llegar, nos sumergiremos en su atmósfera única, donde el tiempo parece haberse detenido entre calles empedradas, majestuosos templos y monasterios centenarios. Sus coloridas fachadas, plazas llenas de historia y el imponente telón de fondo de los volcanes la convierten en un destino inolvidable. </w:t>
+        <w:t xml:space="preserve">A la hora indicada iniciaremos la visita al Sitio Arqueológico de Copán, una de las ciudades más fascinantes del mundo maya y Patrimonio de la Humanidad por la UNESCO. Exploraremos sus majestuosas estelas esculpidas, la imponente Escalinata Jeroglífica, considerada el texto maya más largo descubierto, y la Gran Plaza, famosa por sus impresionantes altares y figuras talladas en piedra. Este sitio, rodeado de exuberante vegetación, nos transportará a la grandeza de una civilización milenaria. Al finalizar la visita, nos dirigimos hacia el parque Macaw Mountain, un santuario natural dedicado a la conservación de guacamayas y otras aves tropicales. El lugar ofrece senderos y áreas naturales donde se puede apreciar la flora y fauna local en un entorno tranquilo y educativo. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Alojamiento.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">DÍA 04 - (31 MARZO 2026) </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">ANTIGUA GUATEMALA – PANAJACHEL (76.8km) </w:t>
+        <w:t xml:space="preserve">DÍA 06 </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COPAN - SAN SALVADOR </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">DESAYUNO.</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> A la hora indicada nos dirigiremos hacia el Lago de Atitlán, una de las joyas naturales más impresionantes de Guatemala, rodeado de imponentes volcanes y encantadores pueblos indígenas. A bordo de una embarcación local, navegaremos por sus aguas cristalinas, disfrutando de vistas panorámicas que parecen sacadas de un cuadro.</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Visitaremos algunos de los pintorescos poblados a orillas del lago, donde la cultura maya sigue viva en sus tradiciones, coloridos trajes típicos y vibrantes mercados artesanales. Tendremos la oportunidad de conocer talleres de arte local, templos coloniales y espacios que preservan la esencia de este mágico rincón. Al final del día, regresamos a Antigua Guatemala para descansar. </w:t>
+        <w:t xml:space="preserve"> A la hora indicada partiremos hacia San Salvador, disfrutando en el trayecto de los paisajes montañosos y los pintorescos pueblos que forman parte del corredor cultural mesoamericano.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Por la noche, realizaremos un recorrido por el nuevo y moderno centro histórico de San Salvador, donde la historia y la renovación urbana se fusionan para ofrecer una experiencia vibrante. Caminaremos por sus amplias plazas iluminadas, rodeadas de edificios restaurados que evocan el esplendor del pasado. Visitaremos la imponente Catedral Metropolitana, el elegante Palacio Nacional y la Biblioteca Nacional, una joya arquitectónica de diseño contemporáneo. Para cerrar la noche con un toque especial, disfrutaremos de una cena y degustación gastronómica tradicional, explorando los sabores más auténticos de El Salvador. Regreso al hotel. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Alojamiento.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">DÍA 05 - (01 ABRIL 2026)</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> A la hora indicada exploraremos la magia única que ofrece Antigua Guatemala, una ciudad donde cada rincón cuenta una historia. Comenzamos en la hermosa Iglesia de La Merced, con su icónica fachada barroca y su gran fuente central. Continuamos hacia la Plaza de Armas, el corazón de la ciudad, rodeada de edificios coloniales y dominada por la majestuosa Catedral de San José, un tesoro arquitectónico lleno de historia. Tiempo libre para pasear por sus calles empedradas, descubrir galerías de arte, mercados de artesanías, cerámica y recuerdos únicos. Al finalizar la visita nos trasladaremos hacia la Ciudad de Guatemala para seguir disfrutando. </w:t>
+        <w:t xml:space="preserve">DÍA 07</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SAN SALVADOR </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">A la hora indicada comenzamos el día con una visita al Parque Nacional El Boquerón, ubicado en la cima del volcán San Salvador. Este hermoso paraje natural ofrece senderos rodeados de exuberante vegetación y vistas espectaculares del cráter, una inmensa formación volcánica que impresiona por su profundidad y tonalidades cambiantes. Disfrutaremos de un entorno tranquilo y aire puro antes de regresar a la ciudad. Tiempo libre para almorzar. Posteriormente, visitaremos el mercado de artesanías, donde podremos apreciar y adquirir piezas representativas de la cultura local. Continuaremos con la visita al Museo Nacional de Antropología (MUNA), un espacio que resguarda la historia y el patrimonio cultural del país. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Alojamiento.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">DÍA 06 - (02 ABRIL 2026)</w:t>
-[...93 lines deleted...]
-        <w:t xml:space="preserve">SAN SALVADOR – BOGOTÁ</w:t>
+        <w:t xml:space="preserve">DÍA 08</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SAN SALVADOR </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">DESAYUNO,</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> entrega de la habitación a las 12.00hrs. A la hora indica traslado al aeropuerto para tomar el vuelo con regreso a Bogotá. FIN DE NUESTROS SERVICIOS.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> entrega de la habitación a las 12.00hrs. A la hora indica traslado al aeropuerto para tomar el vuelo con regreso a Bogotá.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> FIN DE NUESTROS SERVICIOS.</w:t>
+      </w:r>
+      <w:br/>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA IMPORTANTE:</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Todo programa tiene relacionado un itinerario tentativo, el cual puede variar en cuanto al orden, a fin de brindar un mejor desarrollo del itinerario y servicios turísticos confirmados. sujeto a cambios, ya sea por problemas climáticos u operacionales (siempre incluyendo los mismos servicios.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fín de nuestros servicios.</w:t>
       </w:r>
     </w:p>
@@ -921,305 +899,236 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">TRIPLE</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">MENOR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2.299</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2.099</w:t>
+              <w:t xml:space="preserve">1.899</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.599</w:t>
+              <w:t xml:space="preserve">1.799</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.599</w:t>
+              <w:t xml:space="preserve">1.699</w:t>
             </w:r>
-          </w:p>
-[...26 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA: </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Los precios publicados en dólares (USD) son referenciales y el pago deberá realizarse en pesos colombianos (COP) a la tasa de cambio interna que haya sido fijada por </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">MEGA TRAVEL</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> o a la tasa de cambio oficial TRM vigente al momento de la compra.</w:t>
       </w:r>
       <w:br/>
       <w:r>
@@ -1306,430 +1215,257 @@
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">3*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SAN SALVADOR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HOTEL BEVERLY HILLS O SIMILAR</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4*</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CIUDAD DE GUATEMALA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Hotel Casa Veranda</w:t>
+              <w:t xml:space="preserve">HOTEL TIKA FUTURA Ó SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4*</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">COPÁN</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">COPÁN HONDURAS</w:t>
+              <w:t xml:space="preserve">HOTEL CAMINO MAYA Ó SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...196 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA:</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    La hora de entrada/salida es a las 12:00 hrs en todos los Hoteles.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos en la misma categoría.</w:t>
       </w:r>
@@ -1847,75 +1583,63 @@
         <w:rPr/>
         <w:t xml:space="preserve">Traslados aeropuerto – hotel -aeropuerto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">03 noches de alojamiento en San Salvador.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">01 noche de alojamiento en Copán.</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">01 noche de alojamiento en Ciudad de Guatemala</w:t>
+        <w:t xml:space="preserve">02 noches de alojamiento en Copán.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">02 noche de alojamiento en Ciudad de Guatemala</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Desayuno diario.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tour con cena típica en San Salvador.</w:t>
       </w:r>
@@ -2043,50 +1767,74 @@
         <w:t xml:space="preserve">EL VIAJE NO INCLUYE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Entrada parque Macaw Mountain.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Entrada al Museo Nacional de Antropología (MUNA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Propina sugerida para guía USD 20 por persona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Propina sugerida para chofer USD 10 por persona.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bebida en degustación gastronómica.</w:t>
@@ -2140,62 +1888,50 @@
         <w:t xml:space="preserve">Gastos personales y servicios no especificados.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tarjeta de asistencia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Gastos personales y servicios no especificados.</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">2% de fee bancario </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Suplemento pago con tarjeta crédito VISA y MÁSTER CARD del 3.3% de gestión bancaria.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023621703498065471649169921875" w:h="16837.7952755905498634092509746551513671875"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -2281,51 +2017,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4D6C81D0"/>
+    <w:nsid w:val="5A848F53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>