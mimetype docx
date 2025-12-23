--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -954,85 +954,73 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">TEMPORADA BAJA 2026 - 2027</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MAYO: 16</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">JUNIO: 06,20</w:t>
             </w:r>
             <w:br/>
@@ -1049,77 +1037,65 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">OCTUBRE: 03</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DICIEMBRE: 05</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ENERO :16</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FEBRERO:06,20</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MARZO: 06,20</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2.349</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">PRECIOS REFERENCIALES POR DOS PERSONAS EN DÓLARES AMERICANOS</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Sujetos a cambios sin previo aviso y disponibilidad al momento de la reserva</w:t>
       </w:r>
     </w:p>
@@ -1136,77 +1112,65 @@
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TEMPORADA ALTA 2026 - 2027</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ABRIL: 04,18</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MAYO: 02</w:t>
             </w:r>
             <w:br/>
@@ -1218,77 +1182,65 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AGOSTO: 01,15</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">OCTUBRE: 17</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NOVIEMBRE: 07, 21</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DICIEMBRE: 19</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ENERO:02</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2.759</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Los precios publicados en dólares (USD) son referenciales y el pago deberá realizarse en pesos colombianos (COP) a la tasa de cambio interna que haya sido fijada por </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">MEGA TRAVEL SAS</w:t>
@@ -1421,259 +1373,193 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TOKIO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HOTEL JAL TOKYO TOYOSU</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HOTEL GRACERY SHINJIKU</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">HOTEL GRACERY SHINJIKU</w:t>
-[...14 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">LOISIR HOTEL SHINAGAWA SEASIDE</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">OSAKA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HOTEL ELCIENT OSAKA UMEDA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HOTEL PLAZA OSAKA</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">HOTEL PLAZA OSAKA</w:t>
+              <w:t xml:space="preserve">HOLIDAY INN EXPRESS OSAKA CITY</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...20 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HOTEL NOKU OSAKA</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos en la misma categoría.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
@@ -2101,51 +1987,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="00089E9F"/>
+    <w:nsid w:val="E724F954"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>