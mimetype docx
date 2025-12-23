--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -1431,51 +1431,51 @@
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Estos precios aplican para pagos en efectivo o transferencia.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">PREVENTA - Tarifas vigentes hasta el 30 de agosto 2025</w:t>
+        <w:t xml:space="preserve">PREVENTA - Tarifas vigentes hasta 30 de noviembre de 2025</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Los precios indicados en este sitio web, son de carácter informativo y deben ser confirmados para realizar su reservación ya que están sujetos a modificaciones sin previo aviso.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
@@ -2346,51 +2346,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="86BABDEF"/>
+    <w:nsid w:val="F95006C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>