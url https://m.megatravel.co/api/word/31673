--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -1219,174 +1219,139 @@
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">FECHA 2026</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">FEBRERO: 15</w:t>
+              <w:t xml:space="preserve">MARZO: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">08, 13, 15</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">MARZO: </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">08, 13, 15</w:t>
+              <w:t xml:space="preserve">ABRIL: 10</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ABRIL: 10</w:t>
+              <w:t xml:space="preserve">MAYO: 20</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">MAYO: 20</w:t>
-[...3 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">JUNIO : 02,06,09,13,20,22,29</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">USD 3.999</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Los precios publicados en dólares</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (USD)</w:t>
@@ -1488,312 +1453,232 @@
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FECHA 2026</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NETO POR PERSONA</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p>
-[...8 lines deleted...]
-          </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">MARZO:08,13,15</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">MARZO: 02, 08,13,15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">200</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">199</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ABRIL: 10</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">399</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MAYO:20</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">299</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">JUNIO: 02,06,09,13,20,22,29</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">499</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">PREVENTA - Tarifas vigentes hasta el 15 DE DICIEMBRE 2025</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Los precios indicados en este sitio web, son de carácter informativo y deben ser confirmados para realizar su reservación ya que están sujetos a modificaciones sin previo aviso.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
@@ -1897,535 +1782,391 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HIROSHIMA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alien One Hiroshima Wing Toyoko Inn</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Higashi Hiroshima Station</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vessel Hotel Higashi Hiroshima</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">OSAKA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hotel Aston Plaza Kansai Airport </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Route Inn Osaka Kishiwada Ekimae</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kansai Izumisano Forst</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SARASA Hotel</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NAGOYA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Toyoko Inn Nagoya Kanayama</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Comfort Hotel Nagoya Kanayama</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Route Inn RGT Tokai</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TOKIO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Toyoko Inn Minamimachida</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Toyoko Inn Shinagawa Hatanodai Station South Exit</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Il Fiore Kasai / Tokyu Stay</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
@@ -2928,51 +2669,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1291F044"/>
+    <w:nsid w:val="FC15E78D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>