--- v1 (2025-12-23)
+++ v2 (2026-03-12)
@@ -59,66 +59,66 @@
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">MTC - 31673</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">12 Días y 9 Noches</w:t>
+        <w:t xml:space="preserve">14 Días y 11 Noches</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:before="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
-        <w:t xml:space="preserve">Desde $3999</w:t>
+        <w:t xml:space="preserve">Desde $4199</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">USD</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
         <w:t xml:space="preserve"> |  + 0 IMP </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:450pt; height:300pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
@@ -464,677 +464,750 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">DÍA 01 </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">BOGOTÁ ✈ MÉXICO ✈ TOKIO.</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Noche abordo.</w:t>
+        <w:t xml:space="preserve">BOGOTÁ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">✈️</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MÉXICO</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Presentarse en el </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aeropuerto Internacional El Dorado de Bogotá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> con 3 horas de antelación para tomar su vuelo con destino a la ciudad de México. Llegada al </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aeropuerto Internacional Benito Juárez (MEX)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">. Recepción en aeropuerto y traslado al hotel. Entrega de la habitación a partir de las 15.00hrs. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alojamiento.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">DÍA 02. </w:t>
+        <w:t xml:space="preserve">DÍA 02 </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MÉXICO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">✈️</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TOKIO</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> día libre, a la hora acordada traslado hacia el</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aeropuerto Internacional Benito Juarez (MEX).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Posterior a migración, realizar la espera para abordar el siguiente vuelo con destino a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Narita, Japón</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> con la aerolínea </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AEROMÉXICO. Noche abordo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 03. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TIEMPO DE VUELO</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tiempo de vuelo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">DÍA 03. </w:t>
+        <w:t xml:space="preserve">DÍA 04</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TOKIO 🚌 HIROSHIMA</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Llegada al aeropuerto Internacional de Narita, traslado al centro de la ciudad de Tokyo para realizar visita panorámica. Visita al Santuario de Meiji, el barrio de Harajuku y la avenida Omoresando. A la hora indicada traslado a la estación de tren para abordar tren bala con destino a Hiroshima. Llegada al hotel. </w:t>
+        <w:t xml:space="preserve">Llegada al aeropuerto Internacional de Narita, traslado al centro de la ciudad de Tokio para realizar visita panorámica. Visita al Santuario de Meiji, el barrio de Harajuku y la Avenida Omoresando. A la hora indicada traslado a la estación de tren para abordar tren bala con destino a Hiroshima. Llegada al hotel. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Alojamiento.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">DÍA 04. </w:t>
+        <w:t xml:space="preserve">DÍA 05</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HIROSHIMA</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Día libre. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alojamiento. </w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sugerimos realizar una </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCURSIÓN OPCIONAL.</w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“HIROSHIMA” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Visitaremos el Parque Conmemorativo de la Paz, construido en 1954, dedicado al legado de Hiroshima como la primera ciudad en sufrir un ataque nuclear en 1945 durante la Segunda Guerra Mundial y a la memoria de las víctimas de la bomba. El monumento más conocido es la Cúpula de la Bomba atómica. La historia se cuenta detalladamente en el Museo de la Paz. A corta distancia en ferri desde el continente de Hiroshima, está ubicada la Isla Miyajima. En esta isla se encuentra el maravilloso Santuario Itsukushima con su enorme puerta sagrada Torji de madera roja y se puede observar como si flotara en el agua cuando la marea sube.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 06</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HIROSHIMA 🚌 OSAKA</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> A la hora indicada salida hacia Osaka. Realizaremos un tour por la ciudad. Osaka, la segunda ciudad más grande de Japón con 17 millones de habitantes. Visitaremos el Castillo de Osaka, construido en el siglo XVI y uno de los ejemplos más bellos de la arquitectura japonesa. Traslado al hotel. Por la tarde </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SUGERIMOS REALIZAR UNA EXCURSIÓN OPCIONAL </w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“OSAKA CON METRO”.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Visitaremos la zona Shinsaibashi, que antiguamente era un distrito teatral y hoy se caracteriza por su atmósfera excéntrica y sus grandes letreros luminosos, siendo un centro pupular de vida nocturna. Realizaremos un paseo en barco por el canal Dotonbori, uno de los seis canales formados por el río Ota. Después del paseo en barco, degustaremos Tkoyaki, un popular bocadillo callejero de Osaka. Alojamiento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 07 </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OSAKA </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Día libre. Alojamiento. Sugerimos realizar una EXCURSIÓN OPCIONAL</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“KIOTO” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Visitaremos el Kinkaku-ji, probablemente el templo más famoso de Japón. Este templo está considerado Patrimonio de la Humanidad por la UNESCO. Kinkaku-ji es conocido como “El pabellón dorado” por una reazón muy especial: sus dos plantas superiores están cubiertas de pan de oro. Su brillante superficie se refleja en el “lago del espejo”. Pasaremos por Arashiyama, desde donde caminaremos hacia el bosque de bambú, una de las zonas naturales de Kioto. También observaremos El Santuario Fusimi Inari, considerado como una de las principales atracciones turísticas de Japón. En este santuario hay un sendero rojo y naranja que está compuesto de miles de puertas torii. Este camino se extiende y serpentea a lo largo de la montaña, filtrando la luz del sol que se va reflejando en ti mientras avanzas. Terminaremos nuestro día en el Templo de Kyomizudera, su nombre se traduce como “Templo de agua pura”, fue fundado en el año 780. Sus estructuras actuales se erigieron en 1633. Originalmente, se asoció con una de las escuelas más antiguas del budismo japonés.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 08</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OSAKA </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Dia libre. Alojamiento. Sugerimos realizar la siguiente </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCURSIÓN OPCIONAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“NARA Y KOBE”.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> En Nara visitaremos El Toda-ji, un destacado templo budista de gran importancia histórica. Al entrar por la imponente puerta Nandaimon, quedarán impresionados por la estatua del Gran Buda de Nara, una gigantesca escultura de bronce que domina la sala principal del templo. Después de maravillarnos con Todai-ji daremos un agradable paseo hasta el mundialmente famoso para que dé Nara. Aquí veremos a los amigables ciervos que deambulan libremente por el parque, puedes alimentarlos o tomarles fotografías. Terminaremos el día en la ciudad de Kobe donde veremos el centro comercial Kobe Harborland Umie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 09</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OSAKA </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">DESAYUNO</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">. Día libre. </w:t>
+        <w:t xml:space="preserve">. Día libre. Alojamiento.  Sugerimos realizar la siguiente visita </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“WAKAYAMA”</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Situada en la Ciudad de Shirahama, Senjojiki es una pintoresca formación de rocas en la misma costa del Océano Pacífico. Senjojiki significa “1000 alfombras de tatami”. De verdad, sus capas parecen alfombras de tatami puestas una sobre la otra formando una meseta llana piedra arenisca blanca y suave que entra en el Océano Pacífico desde la punta del Cabo Setozaki. Miles de años las olas ásperas han esculpido un paisaje magnífico que hoy día se ha convertido en un lugar favoritos de paseos peatonales tanto para la gente local como para los turistas de todo el mundo. Por su belleza esa costa está designada Lugar Nacional de Belleza Natural bajo el nombre de “EngetsuIsland (Takashima)・ Senjojiki・ Sandanbeki” Kuroshio Market Mira en vivo el show de corte de atún (cada día a las 12:30) Disfrute de las bolas de arroz con marizcos (se pagan aparte) Visita a la Fábrica de Cerveza Umeshu andamp; Experiencia de tocar con las manos propias. Visita a una fábrica de producción de umeshu (vino tradicional de ciruelas). Prueba de hacer tu propio umeshu.Haz fotos estupendas en un jardín japonez de 1,000 metros cuadrados</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 10</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OSAKA 🚌 TOKIO</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">. A la hora indicada, traslado a la estación de trenes en Osaka, para abordar tren bala con destino a Tokio. Llegada al hotel. Comenzaremos el día por el encantador barrio de Asakusa para descubrir algunos lugares más destacados, Visitaremos la puerta Kaminarimon, pasaremos por la calle Nakamise, veremos el templo Sensoji y el santuario Asakusa. A continuación, pasaremos a Shibuya que es el cruce más transitado del mundo, aquí observaremos la estatua del distrito Hachiko. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alojamiento.      </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">En la tarde, sugerimos realizar el tour opcional </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TOKIO CON METRO.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Visitaremos la zona de GINZA; es uno de los barrios más lujosos y emblemáticos de Tokio, Japón. Es famoso por sus tiendas de alta gama, restaurantes exclusivos y una vibrante vida urbana. Y después vamos a visitar el barrio de HARJIKU; es una de las zonas más vibrantes y juveniles de Tokio, famosa por su moda excéntrica, cultura pop y ambiente dinámico. Al final visitáramos el barrio de SHINJIK; Es conocido por su vida nocturna, enormes rascacielos, centros comerciales, entretenimiento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 11</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TOKIO </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Día libre. Alojamiento. Sugerimos realizar una </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCURSIÓN OPCIONAL: </w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“KAMAKURA Y YOKOHAMA” </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">En la cual visitaremos Kamakura, la ciudad histórica más antigua de Tokio. Kamakura es donde se estableció por primera vez el sistema de shogunato. Comenzamos nuestra visita en el Templo Kotoku, un templo budista del linaje Jodo- shu. Este templo es famoso por la Gran Estatua de Buda de Kamakura, uno de los símbolos más conocidos de Japón. También exploraremos el Templo de Tsurugaoka Hachimangu, uno de los santuarios sintoístas más importantes del país, caminaremos por la calle Komachi-dori para experimentar la diversidad étnica de la ciudad. Luego, nos dirigiremos a Yokohama, una de las tres grandes ciudades de Japón, don una población de 3,7 millones. Aquí visitamos Chinatown de Yokohama, el barrio chino más grande de Japón, con más de 160 años de historia. Al final de nuestro tour, tendremos tiempo libre en el distrito de Motomachi, la calle más central de la ciudad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 12</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TOKIO </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">. Día libre. Alojamiento.  Sugerimos realizar una </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EXCURSIÓN OPCIONAL:</w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“MONTE FUJI, OSHINO HAKKAI Y GOTEMBA PREMIUM OUTLET”. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">El Monte Fuji, conocido como Fujiyama, con 3776 metros de altitud, es el símbolo de Japón. El Pueblo Oshino Hakkai fue declarado en 1934 monumento natural de Japón, en 1985 fue elegido entre los cien mejores paisajes acuáticos de Japón y en 2013 declarado Patrimonio Mundial juanto al Monte Fuji bajo el criterio de lugar sagrado y fuente de inspiración artística. Terminaremos nuestro día en el outlet más grande de Tokyo, Gotemba Premium Outlet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 13 </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TOKIO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">✈️</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MÉXICO</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DESAYUNO.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> A la hora indicada, traslado al aeropuerto para abordar vuelo con destino a ciudad de México. Llegada al </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aeropuerto Internacional Benito Juárez (MEX)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">. Recepción en aeropuerto y traslado al hotel. Entrega de la habitación a partir de las 15.00hrs. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Alojamiento.</w:t>
       </w:r>
-      <w:r>
-[...26 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
-      <w:r>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">HIROSHIMA 🚌 OSAKA</w:t>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DÍA 14 </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MÉXICO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">✈️</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BOGOTA </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">DESAYUNO</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">. A la hora indicada salida hacia Osaka. Realizaremos un tour por la ciudad. Osaka, la segunda ciudad más grande de Japón con 17 millones de habitantes. Visitaremos el Castillo de Osaka, construido en el siglo XVI y uno de los ejemplos más bellos de la arquitectura japonesa. Traslado al hotel.</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> Alojamiento.</w:t>
+        <w:t xml:space="preserve">. A la hora indicada, traslado al aeropuerto para abordar vuelo con destino a ciudad de Bogotá. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FIN DE LOS SERIVICIOS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">DÍA  06. </w:t>
-[...409 lines deleted...]
-        <w:t xml:space="preserve">NOTAS IMPORTANTES:</w:t>
+        <w:t xml:space="preserve">NOTAS IMPORTANTES.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Todo programa tiene relacionado un itinerario tentativo, el cual puede variar en cuanto al orden, a fin de brindar un mejor desarrollo del itinerario y servicios turísticos confirmados. sujeto a cambios, ya sea por problemas climáticos u operacionales (siempre incluyendo los mismos servicios).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fín de nuestros servicios.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1213,144 +1286,174 @@
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">FECHA 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">MARZO: </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">08, 13, 15</w:t>
+              <w:t xml:space="preserve">MAYO: 16</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ABRIL: 10</w:t>
+              <w:t xml:space="preserve">JUNIO: 05,08,19,28</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">MAYO: 20</w:t>
+              <w:t xml:space="preserve">JULIO: 30</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">JUNIO : 02,06,09,13,20,22,29</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">USD 3.999</w:t>
+              <w:t xml:space="preserve">AGOSTO: 15,27,29</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SEPTIEMBRE: 08,21</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">OCTUBRE:  01,20</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">NOVIEMBRE: 18,28</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DICIEMBRE: 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 4.199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Los precios publicados en dólares</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
@@ -1405,61 +1508,70 @@
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Nuestros programas son calculados a un tipo de cambio promedio del año vigente entre el peso colombiano frente al dólar y al euro; en caso de existir una fluctuación importante al alza, este ajuste deberá ser asumido de forma inmediata para garantizar los servicios. notificado vía correo electrónico por su asesor de venta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA*** </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Estos precios aplican para pagos en efectivo o transferencia.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
       </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los precios indicados en este sitio web, son de carácter informativo y deben ser confirmados para realizar su reservación ya que están sujetos a modificaciones sin previo aviso.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">SUPLEMENTOS A PAGAR</w:t>
+        <w:t xml:space="preserve">SUPLEMENTO OBLIGATORIO A PAGAR</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
@@ -1483,220 +1595,329 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NETO POR PERSONA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MAYO: 16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">299</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">MARZO: 02, 08,13,15</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">199</w:t>
+              <w:t xml:space="preserve">JUNIO: 05,08,19,28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ABRIL: 10</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">399</w:t>
+              <w:t xml:space="preserve">JULIO: 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">499</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">MAYO:20</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">299</w:t>
+              <w:t xml:space="preserve">AGOSTO:15,27,29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">JUNIO: 02,06,09,13,20,22,29</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">499</w:t>
+              <w:t xml:space="preserve">SEPTIEMBRE: 08,21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">299</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">OCTUBRE: 01,20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">299</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">NOVIEMBRE: 18,28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">399</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DICIEMBRE: 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-        <w:rPr/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Los precios indicados en este sitio web, son de carácter informativo y deben ser confirmados para realizar su reservación ya que están sujetos a modificaciones sin previo aviso.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    No nos haremos responsables por los servicios contratados en otras empresas contratados en otras empresas.</w:t>
       </w:r>
@@ -1775,326 +1996,296 @@
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">HIROSHIMA</w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">Vessel Hotel Higashi Hiroshima</w:t>
+              <w:t xml:space="preserve">MEXICO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hotel del Principado O similar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">OSAKA</w:t>
-[...45 lines deleted...]
-              <w:t xml:space="preserve">SARASA Hotel</w:t>
+              <w:t xml:space="preserve">HIROSHIMA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Alien One Hiroshima Wing Toyoko Inn Higashi Hiroshima Station</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vessel Hotel Higashi Hiroshima</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">NAGOYA</w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">Route Inn RGT Tokai</w:t>
+              <w:t xml:space="preserve">OSAKA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hotel Aston Plaza Kansai Airport </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Route Inn Osaka Kishiwada Ekimae</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kansai Izumisano Forst</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SARASA Hotel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
@@ -2133,51 +2324,51 @@
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Toyoko Inn Shinagawa Hatanodai Station South Exit</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Il Fiore Kasai / Tokyu Stay</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos.</w:t>
+        <w:t xml:space="preserve">Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="2ca1d7"/>
@@ -2199,391 +2390,391 @@
         <w:t xml:space="preserve">EL VIAJE INCLUYE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tiquete aéreo en la ruta Bogotá – México– Narita – México – Bogotá. Clase Turista -tarifa promocional (sujeto a cambio y disponibilidad sin previo aviso).</w:t>
+        <w:t xml:space="preserve">Tiquete aéreo en la ruta Bogotá – México– Narita – México – Bogotá. Clase Turista -tarifa promocional (sujeto a cambio y disponibilidad sin previo aviso)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Impuestos aéreos y del programa (sujetos a cambios sin previo aviso). En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Traslados aeropuerto hotel aeropuerto.</w:t>
+        <w:t xml:space="preserve">Traslados aeropuerto hotel aeropuerto</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">02 noches de alojamiento en Hiroshima.</w:t>
+        <w:t xml:space="preserve">02 noches de alojamiento en ciudad de México </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">03 noches de alojamiento en Osaka.</w:t>
+        <w:t xml:space="preserve">02 noches de alojamiento en Hiroshima</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">01 noches de alojamiento en Nagoya.</w:t>
+        <w:t xml:space="preserve">04 noches de alojamiento en Osaka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">03 noches de alojamiento en Tokio.</w:t>
+        <w:t xml:space="preserve">03 noches de alojamiento en Tokio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Desayuno diario.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Boleto tren bala Tokio – Hiroshima.</w:t>
+        <w:t xml:space="preserve">Boleto tren bala Tokio – Hiroshima / Osaka – Tokio.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Visitas a los lugares mencionados.</w:t>
+        <w:t xml:space="preserve">Tarjeta de asistencia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Guía de habla hispana.</w:t>
+        <w:t xml:space="preserve">Visitas a los lugares mencionados.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Autocar con aire acondicionado.</w:t>
+        <w:t xml:space="preserve">Guía de habla hispana</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tarjeta de asistencia  médica</w:t>
+        <w:t xml:space="preserve">Autocar con aire acondicionado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="start"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="22.5"/>
+          <w:szCs w:val="22.5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="2ca1d7"/>
+          <w:sz w:val="45"/>
+          <w:szCs w:val="45"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="40.5"/>
+          <w:szCs w:val="40.5"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EL VIAJE NO INCLUYE</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="start"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="22.5"/>
+          <w:szCs w:val="22.5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">2% del fee bancario (solo para pago en pesos colombianos).</w:t>
-[...51 lines deleted...]
-        <w:t xml:space="preserve">                            </w:t>
+        <w:t xml:space="preserve">Suplemento por cargo en el alza del combustible. En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Suplemento por cargo en el alza del combustible. En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
+        <w:t xml:space="preserve">Propinas Japón: 50 USD por persona (obligatorias).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Propinas Japón: 50 USD por persona (obligatorias).</w:t>
+        <w:t xml:space="preserve">Alimentación no estipulada en los itinerarios.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Alimentación no estipulada en los itinerarios.</w:t>
+        <w:t xml:space="preserve">Tiquetes aéreos desde otras ciudades de Colombia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tiquetes aéreos desde otras ciudades de Colombia.</w:t>
+        <w:t xml:space="preserve">Fee de cámaras en los monumentos</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Fee de cámaras en los monumentos</w:t>
+        <w:t xml:space="preserve">Propinas para guías, conductores, maleteros meseros entre otros.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Propinas para guías, conductores, maleteros meseros entre otros.</w:t>
+        <w:t xml:space="preserve">Cargos adicionales e impuestos que deban ser pagados directamente por los clientes en el destino, hoteles y restaurantes entre otros.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Cargos adicionales e impuestos que deban ser pagados directamente por los clientes en el destino, hoteles y restaurantes entre otros.</w:t>
+        <w:t xml:space="preserve">Excesos de equipaje.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Excesos de equipaje.</w:t>
+        <w:t xml:space="preserve">Excursiones opcionales.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Excursiones opcionales.</w:t>
+        <w:t xml:space="preserve">Recargos en los hoteles por Early Check In o Late Check out.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Recargos en los hoteles por Early Check In o Late Check out.</w:t>
+        <w:t xml:space="preserve">Gastos personales y servicios no especificados.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Gastos personales y servicios no especificados.</w:t>
+        <w:t xml:space="preserve">2% del fee bancario </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Documentación y/o tramites de visado en caso de requerirlo.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023621703498065471649169921875" w:h="16837.7952755905498634092509746551513671875"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
@@ -2669,51 +2860,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FC15E78D"/>
+    <w:nsid w:val="23D3F124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>