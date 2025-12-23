--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -74,51 +74,51 @@
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">15 Días y 12 Noches</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:before="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
-        <w:t xml:space="preserve">Desde $2899</w:t>
+        <w:t xml:space="preserve">Desde $2799</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">USD</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
         <w:t xml:space="preserve"> |  + 0 IMP </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:450pt; height:300pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
@@ -1449,249 +1449,211 @@
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">FECHA</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">FECHAS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE / TRIPLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">MENOR (2 a 5 años*)</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">MENOR (2 A 11 AÑOS)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ABRIL 26</w:t>
-[...1 lines deleted...]
-            <w:br/>
+              <w:t xml:space="preserve">ABRIL 26 </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MAYO 24</w:t>
             </w:r>
-            <w:br/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">JUNIO 11 y 25</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...69 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 2.799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 3.399</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 2.399</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFA: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nuestros programas son calculados a un tipo de cambio promedio del año vigente entre el peso colombiano frente al dólar y al euro; en caso de existir una fluctuación importante al alza, este ajuste será notificado vía correo electrónico por su asesor de venta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
@@ -1748,316 +1710,273 @@
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">-MENOR de 2 a 5 años </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">debe compartir habitación con sus padres. No tiene derecho a cama.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Solo es permitido 1 niño por habitación.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
         <w:t xml:space="preserve">Niño 06 años en adelante se considera adulto.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:br/>
+      <w:br/>
+      <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFAS PROMOCIONALES REFERENCIALES POR PERSONA </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">APLICABLES PARA SALIDAS GRUPALES EN PESOS COLOMBIANOS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">FECHA</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">FECHAS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DOBLE / TRIPLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...25 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MENOR (2 A 11 AÑOS)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ABRIL 26</w:t>
             </w:r>
-            <w:br/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MAYO 24</w:t>
             </w:r>
-            <w:br/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">JUNIO 11 y 25</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...69 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$10.999.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$13.099.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$9.299.000</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFA: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nuestros programas son calculados a un tipo de cambio promedio del año vigente entre el peso colombiano frente al dólar y al euro; en caso de existir una fluctuación importante al alza, este ajuste será notificado vía correo electrónico por su asesor de venta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nota: </w:t>
+        <w:t xml:space="preserve">NOTA: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Estos precios aplican para pagos en efectivo al cambio de la TRM del día. En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HABITACIÓN TRIPLE:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Será asignada de acuerdo con la disponibilidad al momento del registro en cada hotel:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
@@ -2084,94 +2003,182 @@
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">-MENOR de 2 a 5 años </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">debe compartir habitación con sus padres. No tiene derecho a cama.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Solo es permitido 1 niño por habitación.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
         <w:t xml:space="preserve">Niño 06 años en adelante se considera adulto.</w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">PREVENTA - Tarifas vigentes hasta el 30 de NOVIEMBRE de 2025</w:t>
+        <w:t xml:space="preserve">PREVENTA - TARIFAS VIGENTES HASTA EL 30 DE DICIEMBRE DE 2025</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Los precios indicados en este sitio web, son de carácter informativo y deben ser confirmados para realizar su reservación ya que están sujetos a modificaciones sin previo aviso.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•     Las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•     No nos haremos responsables por los servicios contratados en otras empresas contratados en otras empresas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TOURS SUGERIDOS EN DUBAI</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TARIFAS NETAS POR PERSONA</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">***Paquetes de 3 visitas opera mínimo 4 pasajeros***</w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COMBO VISITAS: USD 175 por persona NETO</w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MEDIO DIA – DUBAI MODERNO</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Este recorrido le llevará a la ciudad moderna donde podemos contemplar las viviendas más altas del mundo donde está el edificio espiral, continuáramos a la palmera de Jumierah y parada enfrente del hotel Atlantis the Palm para sacar magnificas fotos. Luego Visita al Zoco de la cuidad de Jumierah que es un mercado con forma tradicional, traslado y parada fotográfica enfrente del hotel Burj Al Arab el único hotel 7 estrellas en el mundo, no se permite entrar sin reservación, luego visita a Emirates Mall donde está la pista del Ski, y terminamos nuestro recorrido con entrada a Dubai Mall para ver y sacar fotos enfrente de Burj Khalifa el edificio más alto del mundo con la entrada, regreso al hotel.     </w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CRUCERO DHOW</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Por la noche salida para disfrutar de la experiencia de las vistas y sonidos de la cala de Dubai, navegando dos horas a bordo de un Dhow tradicional. Su viaje le llevara desde la desembocadura del arroyo y a lo largo del mismo, hasta el iluminado Dubái Creek Golf Club, que se asemeja a unas velas de barco. Cena buffet incluido. Regreso al hotel.</w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ENTRADA BURJ KHALIFA piso 124 (Normal time)</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ofrece las más sorprendentes vistas desde la planta 124, localizado a 442 metros de altura, encontraras el que hasta ahora era el único mirador de la Torre khalifa, sin duda alguna el mejor punto de Dubái para contemplar la ciudad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">***NOTA: Si no realizan las 3 visitas sugeridas en Dubai y desean tomar solo 1 o 2 Tours el precio será diferente al combo descrito en el programa, el valor individual de cada visita será informado por su Asesor.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">ITINERARIO AÉREO CON TURKISH AIRLINES.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
@@ -2182,494 +2189,374 @@
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VUELO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RUTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HORA SALIDA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HORA LLEGADA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TK 800/801</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bogotá – Estambul</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">16:35</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">17:05+1</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TK 762</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Estambul – Dubái</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">00:40</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">06:10</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TK 761</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dubái – Estambul</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">01:55</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">05:45</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TK 800/801</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Estambul – Bogotá</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">09:40</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15:05</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Estos itinerarios se publican con los vuelos informados por las aerolíneas, pueden variar si así lo determinan”</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -2749,442 +2636,340 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESTAMBUL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CLARION o SIMILAR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CAPADOCIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE HOTEL  SPA o SIMILAR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PAMUKKALE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LYCUS RIVER o SIMILAR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">KUSADASI</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE BLUE o</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> SIMILAR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DUBÁI</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ROSEN RAYHAAN BY ROTANA HOTEL</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
@@ -3814,51 +3599,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="69150320"/>
+    <w:nsid w:val="FACAE0B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>