--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -1445,161 +1445,131 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">VIGENCIA DEL 01 ABRIL 2026 HASTA  05 SEPTIEMBRE 2026</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PROMO 2X1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLATINO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1.299</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NO INCLUYE: 2% de fee bancario</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
@@ -1631,161 +1601,131 @@
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIGENCIA DEL 06 DE SEPTIEMBRE 2026 HASTA 31 MARZO 2027</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PROMO 2X1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLATINO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1.699</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NO INCLUYE: 2% de fee bancario</w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA: Los precios publicados en dólares (USD) son referenciales y el pago deberá realizarse en pesos colombianos (COP) a la tasa de cambio interna que haya sido fijada por MEGA TRAVEL o a la tasa de cambio oficial TRM vigente al momento de la compra.</w:t>
       </w:r>
     </w:p>
@@ -1803,154 +1743,124 @@
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SUPLEMENTO TEMPORADA ALTA DUBAI X NOCHE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PROMO 2X1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FECHAS DE EVENTOS EN DUBAI</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Consultar antes de reservar</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">285</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
@@ -1959,337 +1869,259 @@
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FECHAS DE TEMPORADA ALTA EN DUBAI</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FIN DE AÑO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">26 diciembre 2026 hasta 05 enero2027</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GULF FOOD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">25 al 31 enero 2027</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ARAB HEALTH</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">08 al 13 febrero 2027</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EID FITIR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">20 al 26 marzo 2027</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GITEX</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">13 al 17 octubre - 2026</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BIG5</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">24 al 28 noviembre - 2026</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
@@ -2530,860 +2362,609 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORÍA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLATINO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESTAMBUL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GRAND HARILTON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CLARION MAHMUTBEY</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA ENCORE BAYRAMPAŞA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GOLDEN TULIP OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CAPADOCIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE SPA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE GARDEN AVANOS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AVRASYA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PERISSIA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BURCU KAYA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ALTINÖZ OTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CRYSTAL KAYMAKLI</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ALP HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EMİN KOÇAK OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PAMUKKALE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA RESORT BY WYNDHAM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PAM THERMAL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEMPIRA TERMAL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LYCUS RIVER TERMAL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">COLOSSAE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RICHMOND OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">KUSADASI (NOV - MAY)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE BLUE RESORT ODELIA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TUSAN BEACH RESORT OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IZMIR (JUN – OCT)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA SUITES KEMALPAŞA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BLANCA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA PLAZA IZMIR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RADISSON ALIAGA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LUX SEGMENT ICIN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HILTON GARDEN INN BAYRAKLI OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos en la misma categoría.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
@@ -3916,51 +3497,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="559EA6AD"/>
+    <w:nsid w:val="6CABDCA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>