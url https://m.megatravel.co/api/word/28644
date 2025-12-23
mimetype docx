--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -1043,56 +1043,62 @@
           <w:szCs w:val="40.5"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFAS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">PRECIOS REFERENCIALES POR DOS PERSONAS EN DÓLARES AMERICANOS</w:t>
       </w:r>
       <w:br/>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Sujetos a cambios sin previo aviso y disponibilidad al momento de la reserva</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
@@ -1118,162 +1124,132 @@
               <w:t xml:space="preserve">VIGENCIA DEL 01 ABRIL 2026 HASTA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">31 MARZO 2027</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PROMO 2X1</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLATINO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">599</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NO INCLUYE: 2% de fee bancario</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Los precios publicados en dólares (USD) son referenciales y el pago deberá realizarse en pesos colombianos (COP) a la tasa de cambio interna que haya sido fijada por MEGA TRAVEL o a la tasa de cambio oficial TRM vigente al momento de la compra.</w:t>
@@ -1291,114 +1267,339 @@
         <w:t xml:space="preserve">NOTAS IMPORTANTES: </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    En caso de no recibir los datos de vuelo de llegada o salida hasta 07 días antes del tour no se podrá garantizar el servicio de traslados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Para llegadas y/o salidas diferentes a las previstas en el tour, los traslados no están incluidos en el valor del paquete. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Lo mismo ocurre con noche(s) extra(s). En ambos casos, para mayor comodidad de los pasajeros, podrán ser contratados los traslados extra necesarios. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Los precios son ofrecidos con base en el aeropuerto Estambul (IST), en caso de traslado desde el aeropuerto Sabiha Gokcen (SAW) será cobrado suplemento. Lo anterior se aplica, aunque lleguen en las fechas indicadas de cada tour. Situaciones diferentes a las mencionadas anteriormente, por favor consultar con nosotros.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">•    La Promo 2x1 es válida solamente en las fechas indicadas</w:t>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">•    No se permite acomodación en: sencilla, triple o niños acompañantes.</w:t>
+        <w:t xml:space="preserve">•   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ROMO 2x1 SOLO aplica para reservas individuales, NO grupales. Máximo se pueden reservar para una fecha 8 personas.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Promoción no aplica para acomodación Sencilla, Triple, Niños.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    No nos haremos responsables por los servicios contratados en otras empresas</w:t>
       </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TOURS OPCIONALES</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ESTAMBUL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“PERLAS DEL CUERNO DE ORO Y BÓSFORO” Salida aprox. a las 08:00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> (horario a ser confirmado por el guía) (incluye almuerzo en restaurante de comida típica): Visita el antiguo barrio Judío en Balat, el barrio Griego en Fener y contemplar las magníficas vistas del “Cuerno de Oro”; después visita a la Catedral de San Jorge, principal patriarcado de la Iglesia Ortodoxa Griega; continuación a la Mezquita de Solimán El Magnífico, diseñada por el arquitecto otomano Mimar Sinan y que cuenta con la cúpula más grande de todas las mezquitas en Estambul. Nos dirigimos al Bazar de las Especias, un lugar con encanto especial por su color y aroma, el sitio por excelencia para adquirir tés, hierbas, frutos secos, dulces típicos y por supuesto especias; Culminación con un paseo en barco a través del Bósforo, el estrecho que divide la ciudad entre Europa y Asia, apreciaremos las maravillosas vistas de las fortalezas otomanas, palacios, villas y los puentes que conectan ambos lados de esta urbe. Traslado al hotel</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VALOR POR PERSONA: USD$ 100.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-        <w:t xml:space="preserve"> </w:t>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“JOYAS DE CONSTANTINOPLA”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> (incluye almuerzo en restaurante de comida típica): A la hora acordada salida hacia el casco histórico de la ciudad, donde podrás observar la variedad de vestigios de los diferentes imperios que dieron forma a la actual Estambul: el Hipódromo Romano, centro de la vida social de Constantinopla durante miles de años donde también se podrá conocer el Obelisco de Teodosio, el Obelisco de Constantino y la fuente Alemana; la Mezquita Azul, con sus más de 20,000 azulejos de cerámica hechos a mano y traídos desde Iznik; disfruta de una vista panorámica de Santa Sofía, construida en el año 537 como una maravilla arquitectónica que ha servido como iglesia, mezquita y también museo. Desde el exterior, la estructura impresiona con su enorme cúpula, que fue un logro técnico asombroso en su época y sigue siendo una de las cúpulas más grandes del mundo. Seguimos con el majestuoso Palacio Topkapi, hogar de los sultanes otomanos durante más de 400 años, visitaremos los hermosos jardines reales, las cocinas, las salas de los tesoros reales. Descubre el misterioso Harén, donde vivían las esposas e hijos del sultán, famoso por su lujosa decoración. Continuamos con la iglesia de Aya Irini, una iglesia bizantina que no se convirtió en mezquita y terminaremos nuestro tour por el Gran Bazar, uno de los mercados cubiertos más grandes y antiguos del mundo en el que el regateo es una tradición. Regreso al hotel.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VALOR POR PERSONA: USD$ 100.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CAPADOCIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PASEO DE GLOBO EN CAPADOCIA</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aprox. 2 horas de duración - Asistencia en español/portugués. - Traslados al hotel:</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">La realización de este paseo está sujeta a las condiciones climáticas. La actividad comienza alrededor de las 5:30 de la mañana, ya que los globos aerostáticos solo pueden volar al amanecer, el momento ideal para evitar corrientes de viento y apreciar el paisaje. Después de un desayuno ligero, se aborda la cesta (con capacidad para 20 a 24 personas). El ascenso es suave, alcanzando alturas de hasta 800 metros, donde es posible contemplar el amanecer en completo silencio. Durante el vuelo, se disfruta del impresionante paisaje de Capadocia y sus formaciones rocosas, junto a decenas de otros globos en el cielo. El vuelo tiene una duración de entre 20 y 30 minutos a gran altitud, antes de descender cerca de las formaciones rocosas. Se recomienda el uso de ropa abrigada. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Al final, se celebra con un brindis y un diploma conmemorativo de esta experiencia inolvidable. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">*Consulta suplemento para los meses ABRIL – MAYO Y SEP - OCT</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VALOR POR PERSONA: USD$ 275.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOCHE TURCA EN RESTAURANTE CUEVA CON BEBIDAS Y APERITIVOS</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aprox. 4 horas de duración - Traslados de ida y vuelta al hotel - Bebidas locales ilimitadas y aperitivos "Meze" incluidos.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Déjese cautivar por los atractivos turcos en una típica cueva de Capadocia, con un espectáculo de danzas folklóricas y danza del vientre, simplemente sensacional. Podrá degustar algunas delicias turcas (Meze) y también los vinos de Capadocia, característicos por ser producidos en suelo volcánico.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VALOR POR PERSONA: USD$ 80.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JEEP SAFARI POR LOS VALLES DE CAPADOCIA</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aprox. 02 horas de duración - Traslados desde y hacia el hotel</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Hay muchos valles tallados por la naturaleza a lo largo de los milenios en la región de Capadocia. Una de las mejores maneras de aprovechar la bellísima región de Capadocia, con paisajes únicos desde el punto de vista natural y arquitectónico, serán vistos durante nuestro maravilloso recorrido. Pasearemos por caminos estrechos y empinados durante el viaje que no veríamos sin estos vehículos adecuados para pasarnos bien con mucha diversión. Visitaremos el monasterio de Hallaç, construido el siglo XI, tallado en las rocas de la ciudad de Ortahisar, sirvió como hospital donde los monjes preparaban medicinas y trataban a la gente. Pararemos por los miradores con formaciones de lava volcánica dignas de ver en la región. Después visitaremos el valle de Pancarlık, sus bien conservados frescos. Al finalizar tomaremos vino para despedirnos de la región en la última colina visitada. Una experiencia inolvidable que desde el suelo narra la magia de la región que generalmente es contada sólo desde el aire.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VALOR POR PERSONA: USD$ 80.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IZMIR o KUSADASI</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CHIOS – PARAÍSO GRIEGO</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Excursión de Día Completo - Guías de Habla español/portugués- Entradas en las Visitas / Viaje de ida y vuelta en Ferry Boat - Traslados de y hacia el hotel.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Después del desayuno en el hotel, traslado al puerto de Çesme para embarcar con destino a la isla griega de Chios. Tras los trámites migratorios, cruzaremos el mar Egeo hacia esta isla famosa por la producción de mástique, utilizado en chicles, bebidas medicinales y licores. Visitaremos la pintoresca aldea de Mesta, con sus calles bizantinas y construcciones de piedra amarilla, y luego Pyrgi, con casas decoradas en blanco y negro, también conocida por la visita de Cristóbal Colón en su búsqueda de marineros. Tiempo libre para almorzar (no incluido) y para disfrutar de las playas del Egeo. Regreso en barco a Çesme y traslado al hotel en Turquía.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VALOR POR PERSONA: USD$ 170.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="2ca1d7"/>
@@ -1455,860 +1656,609 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORÍA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLATINO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESTAMBUL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GRAND HARILTON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CLARION MAHMUTBEY</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA ENCORE BAYRAMPAŞA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GOLDEN TULIP OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CAPADOCIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE SPA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE GARDEN AVANOS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AVRASYA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PERISSIA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BURCU KAYA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ALTINÖZ OTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CRYSTAL KAYMAKLI</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ALP HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EMİN KOÇAK OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PAMUKKALE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA RESORT BY WYNDHAM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PAM THERMAL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEMPIRA TERMAL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LYCUS RIVER TERMAL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">COLOSSAE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RICHMOND OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">KUSADASI (NOV - MAY)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE BLUE RESORT ODELIA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TUSAN BEACH RESORT OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IZMIR (JUN – OCT)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA SUITES KEMALPAŞA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BLANCA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA PLAZA IZMIR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RADISSON ALIAGA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LUX SEGMENT ICIN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HILTON GARDEN INN BAYRAKLI OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos en la misma categoría.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
@@ -2745,51 +2695,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DDBB3C51"/>
+    <w:nsid w:val="DFB37FD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>