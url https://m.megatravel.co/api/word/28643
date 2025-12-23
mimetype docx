--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -31,51 +31,51 @@
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="2ca1d7"/>
           <w:sz w:val="45"/>
           <w:szCs w:val="45"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">ESTAMBUL, CAPADOCIA y CIUDADES IMPERIALES                    </w:t>
+        <w:t xml:space="preserve">TURKIYE Y CIUDADES IMPERIALES                    </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">MTC - 28643</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="0"/>
@@ -1542,53 +1542,50 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTAS IMPORTANTES.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Si el pasajero decide abandonar el circuito y tomar un tiquete de avión o tren para desplazarse entre ciudades, debe llegar por su cuenta al hotel a reunirse con el resto del Grupo y deberá portar consigo SIEMPRE su equipaje. El Operador y/o Guía, NO se hará responsable por sus pertenencias o servicios extras en que se acarreé, así mismo NO podrá llevar dichas maletas o paquetes en el bus de Pasajeros que no estén viajando con él en el mismo transporte, por cuestiones de seguridad.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•  </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">El orden de los días de las excursiones en Estambul se puede invertir entre sí, de acuerdo con las condiciones operativas, como número de participantes, clima, tráfico o días de cierre de los monumentos.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fín de nuestros servicios.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1611,58 +1608,50 @@
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFAS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFAS PROMOCIONALES REFERENCIALES POR PERSONA </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">APLICABLES PARA SALIDAS GRUPALES EN DOLARES AMERICANOS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
@@ -1677,261 +1666,191 @@
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">FECHA</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">FECHAS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">DOBLE/TRIPLE</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">DOBLE / TRIPLE</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">MENOR (2 a 11 años</w:t>
-[...28 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">MENOR (2 A 11 AÑOS)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ENERO 29</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...69 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 2.299</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 2.699</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 2.299</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">·Los precios publicados en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">dólares (USD) </w:t>
@@ -1982,295 +1901,226 @@
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HABITACIONES TRIPLES (</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">adicional a la cama doble se otorgará una supletoria, tipo cama plegable - catre). Sujeta a disponibilidad en el hotel al momento de reservar)</w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">**Menores entre los 2 y hasta 11 años, compartiendo habitación con 2 adultos. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Máximo 1 niño por habitación (solicitamos copia pasaporte menor).</w:t>
       </w:r>
       <w:br/>
-      <w:r>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFAS PROMOCIONALES REFERENCIALES POR PERSONA </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">APLICABLES PARA SALIDAS GRUPALES EN PESOS COLOMBIANOS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">FECHA</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">FECHAS</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DOBLE / TRIPLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...37 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MENOR (2 A 11 AÑOS)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ENERO 29</w:t>
-[...72 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">ENERO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$8.899.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$10.399.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$8.899.000</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
-      <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">·Los precios publicados en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">dólares (USD) </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">son referenciales y el pago deberá realizarse en pesos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
@@ -2319,51 +2169,51 @@
         </w:rPr>
         <w:t xml:space="preserve">HABITACIONES TRIPLES (</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">adicional a la cama doble se otorgará una supletoria, tipo cama plegable - catre). Sujeta a disponibilidad en el hotel al momento de reservar)</w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">**Menores entre los 2 y hasta 11 años, compartiendo habitación con 2 adultos. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Máximo 1 niño por habitación (solicitamos copia pasaporte menor).</w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">PREVENTA - Tarifas vigentes hasta el 30 de Octubre de 2025</w:t>
+        <w:t xml:space="preserve">PREVENTA - TARIFAS VIGENTES HASTA EL 30 DE DICIEMBRE DE 2025</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Los precios indicados en este sitio web, son de carácter informativo y deben ser confirmados para realizar su reservación ya que están sujetos a modificaciones sin previo aviso.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•      Las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
       <w:br/>
@@ -2387,570 +2237,420 @@
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURKISH AIRLINES</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ITINERARIO AÉREO</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vuelo</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ruta</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hora salida</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hora llegada</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TK 900</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bogotá – Estambul</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15:20</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15:35+1</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TK 1037</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Estambul – Budapest</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">19:05</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">19:15</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TK 1770</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Praga – Estambul</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">19:30</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">00:10+1</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TK 800</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Estambul – Bogotá</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">08:05</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">13:50</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> “Estos itinerarios se publican con los vuelos informados por las aerolíneas, pueden variar si así lo determinan”</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      <w:pPr/>
+      <w:br/>
+      <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
@@ -3010,569 +2710,443 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESTAMBUL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CLARION MAHMUTBEY o SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SAFRANBOLU</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">KADIOGLU SEHZADE KONAKLARI SPECIAL CLASS o SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CAPADOCIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE ORAHISAR o AVANOS o SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BUDAPEST</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA BY WYNDHAM BUDAPEST CITY CENTER 4*</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DORMERO HOTEL BUDAPEST 4*</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IBIS BUDAPEST CENTRUM3*</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DANUBIUS HOTEL HUNGARIA 4* o SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">VIENA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">H+ HOTEL WIEN 4*</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAINERS HOTEL VIENNA 4*</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SENATOR HOTEL VIENNA 4* </w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BEST WESTERN PLUS AMEDIA HOTEL WIEN 4* o SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA SUPERIOR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PRAGA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PANORAMA HOTEL PRAGUE 4*</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HOTEL DUO PRAG 4*</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AMEDIA EXPRESS PRAGUE TRADEMARK COLLECTION BY WYNDHAM 3* o SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Relacionamos los hoteles utilizados con mayor frecuencia en este circuito. Esto a manera informativa, indicando también que el pasajero puede ser alojado en establecimientos similares o alternativos en la misma categoría.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
@@ -4123,51 +3697,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="17562F03"/>
+    <w:nsid w:val="64BD1C24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>