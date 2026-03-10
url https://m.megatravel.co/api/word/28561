--- v0 (2025-11-02)
+++ v1 (2026-03-10)
@@ -74,51 +74,51 @@
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">6 Días y 5 Noches</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:before="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
-        <w:t xml:space="preserve">Desde $713</w:t>
+        <w:t xml:space="preserve">Desde $880</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">USD</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
         <w:t xml:space="preserve"> |  + 0 IMP </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:450pt; height:300pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
@@ -830,2115 +830,805 @@
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:gridSpan w:val="3"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIGENCIA DEL 01 DE MAYO AL 20 DE SEPTIEMBRE 2025</w:t>
+              <w:t xml:space="preserve">VIGENCIA DEL 01 OCTUBRE AL 30 DE ABRIL 2026</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">Excepto Temporada alta</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3* - TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">927</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">1.220</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">713</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">880</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4* - ESTÁNDAR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">953</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">1.293</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">727</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">920</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4* - PLUS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">980</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">1.333</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">740</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">940</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5* - ESTÁNDAR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.127</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">1.407</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">813</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">980</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5* - PLUS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1.233</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">1.700</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">867</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">1.093</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NO INCLUYE: 2% de fee bancario</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTA:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Los precios publicados en dólares</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (USD) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">son referenciales y el pago deberá realizarse en pesos colombianos </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(COP) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">a la tasa de cambio interna que haya sido fijada por</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MEGA TRAVEL SAS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> o a la tasa de cambio oficial </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TRM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> vigente al momento de la compra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
       <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TARIFA DE NIÑOS:</w:t>
+      </w:r>
       <w:br/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">PRECIOS REFERENCIALES POR PERSONA EN DÓLARES AMERICANOS</w:t>
+        <w:rPr/>
+        <w:t xml:space="preserve">Niños compartiendo en la misma habitación con sus padres sin cama adicional (máximo 2 adultos + 1 niño)</w:t>
       </w:r>
       <w:br/>
       <w:r>
-        <w:rPr>
-[...12 lines deleted...]
-      <w:tblPr>
+        <w:rPr/>
+        <w:t xml:space="preserve">• 0 – 2 años gratis. (Paga suplemento para la excursión en safari 4x4 USD 35 netos).</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">• 3 – 5 años descuento 75% sobre la tarifa del adulto en Doble.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">• 6 – 11 años descuento 50% sobre la tarifa del adulto en Doble.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VISITAS Y EXCURSIONES </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">• Las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">• No nos haremos responsables por los servicios contratados en otras empresas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p/>
+    <w:p>
+      <w:pPr>
         <w:jc w:val="start"/>
-        <w:tblW w:w="7800" w:type="dxa"/>
-[...552 lines deleted...]
-      </w:hyperlink>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="22.5"/>
+          <w:szCs w:val="22.5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="2ca1d7"/>
+          <w:sz w:val="45"/>
+          <w:szCs w:val="45"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="40.5"/>
+          <w:szCs w:val="40.5"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HOTELES</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="start"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="22.5"/>
+          <w:szCs w:val="22.5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
-            <w:noWrap/>
-[...711 lines deleted...]
-            <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3* TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hampton by Hilton Airport - City Avenue o similar.</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4* ESTÁNDAR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Signature 1 - Donatello Al Barsha o similar.</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">4* SUPERIOR / PLUS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alkhoory Sky Garden - Hilton Garden Inn Mall o similar.</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5* PRIMERA / ESTÁNDAR</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Asiana - Avani o similar.</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">5* PLUS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Media Rotana o similar.</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos en la misma categoría.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
@@ -3243,52 +1933,52 @@
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2% de Fee bancario, sobre el valor total de la porción terrestre.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Suplemento pago con tarjeta crédito VISA y MÁSTER CARD del 3.3% de gestión bancaria.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023621703498065471649169921875" w:h="16837.7952755905498634092509746551513671875"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3357,51 +2047,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="287A1CF7"/>
+    <w:nsid w:val="7706B562"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3580,51 +2270,51 @@
         <w:lang w:val="ES-MX"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/footer1_image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/header1_image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>