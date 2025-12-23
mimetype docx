--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -931,237 +931,183 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:gridSpan w:val="4"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">VIGENCIA HASTA EL 31 DE MARZO 2026</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TRIPLE</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURQUESA + CUEVA SAPPHIRE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1.199</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">799</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">799</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NO INCLUYE: 2% de fee bancario </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
@@ -1201,426 +1147,423 @@
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SALIDAS 2025</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">OCTUBRE:</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">04,11,18,25</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NOVIEMBRE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">01,08,15,22,29</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DICIEMBRE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">06,13,20,27</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SALIDAS 2026</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ENERO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">03,10,17,24,31</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FEBRERO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">07,14,21,28</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MARZO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">07,14,21,28</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTAS IMPORTANTES: </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    En caso de no recibir los datos de vuelo de llegada o salida hasta 07 días antes del tour no se podrá garantizar el servicio de traslados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Para llegadas y/o salidas diferentes a las previstas en el tour, los traslados no están incluidos en el valor del paquete. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Lo mismo ocurre con noche(s) extra(s). En ambos casos, para mayor comodidad de los pasajeros, podrán ser contratados los traslados extra necesarios. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Los precios son ofrecidos con base en el aeropuerto Estambul (IST), en caso de traslado desde el aeropuerto Sabiha Gokcen (SAW) será cobrado suplemento. Lo anterior se aplica, aunque lleguen en las fechas indicadas de cada tour. Situaciones diferentes a las mencionadas anteriormente, por favor consultar con nosotros.</w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">HABITACIÓN TRIPLE:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Será asignada de acuerdo con la disponibilidad al momento del registro en cada hotel:</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">-Una cama doble + Rollaway (cama plegable) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">-Dos camas (de 1 mt c/u) + Rollaway (cama plegable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">TARIFA DE NIÑOS:</w:t>
       </w:r>
-      <w:br/>
-[...14 lines deleted...]
-      <w:br/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Solo 01 niño por habitación con 2 padres, para categoría platino y oro.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    De 0 a 01 año: sin cargo, sin cama extra. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    De 02 a 05 años: 50% de descuento del precio del adulto con cama extra, según disponibilidad del hotel. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    De 06 en adelante: Se considera como adulto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OPCIONALES:</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    ENTRE: 0 - 02 AÑOS (no globo): Gratis. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    Hasta 07 años: (no globo): 50% descuento. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    07 años y más: mismo precio como adulto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTA: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Para volar en el globo, el piloto debe decidir si un niño vuela o no, porque depende de la altura.</w:t>
+      </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    No nos haremos responsables por los servicios contratados en otras empresas.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
@@ -1694,317 +1637,239 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORÍA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURQUESA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESTAMBUL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BARCELO ISTANBUL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ELYSIUM TAKSIM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CONRAD OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CUEVA SAPPHIRE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CAPADOCIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">YUSUF YIĞITOĞLU KONAĞI;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GARDEN INN CAPPADOCIA,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CAPPA VILLA OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos en la misma categoría.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">* Horario de entrada: 13:00 o 14:00 Horario de salida: 11:00 o 12:00.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
@@ -2452,51 +2317,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E83E2F12"/>
+    <w:nsid w:val="3F791E43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>