--- v1 (2025-12-23)
+++ v2 (2026-03-12)
@@ -1140,430 +1140,259 @@
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...20 lines deleted...]
-            <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">OCTUBRE:</w:t>
-[...85 lines deleted...]
-              <w:t xml:space="preserve">06,13,20,27</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SALIDAS 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ENERO</w:t>
+              <w:t xml:space="preserve">MARZO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">03,10,17,24,31</w:t>
-[...68 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">07,14,21,28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">NOTAS IMPORTANTES: </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">-Una cama doble + Rollaway (cama plegable) </w:t>
+        <w:t xml:space="preserve">NOTAS IMPORTANTES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">-Dos camas (de 1 mt c/u) + Rollaway (cama plegable)</w:t>
+        <w:t xml:space="preserve">•    En caso de no recibir los datos de vuelo de llegada o salida hasta 07 días antes del tour no se podrá garantizar el servicio de traslados.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    Para llegadas y/o salidas diferentes a las previstas en el tour, los traslados no están incluidos en el valor del paquete. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    Lo mismo ocurre con noche(s) extra(s). En ambos casos, para mayor comodidad de los pasajeros, podrán ser contratados los traslados extra necesarios. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    Los precios son ofrecidos con base en el aeropuerto Estambul (IST), en caso de traslado desde el aeropuerto Sabiha Gokcen (SAW) será cobrado suplemento. Lo anterior se aplica, aunque lleguen en las fechas indicadas de cada tour. Situaciones diferentes a las mencionadas anteriormente, por favor consultar con nosotros.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">HABITACIÓN TRIPLE: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Será asignada de acuerdo con la disponibilidad al momento del registro en cada hotel:</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    Una cama doble + Rollaway (cama plegable) o</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    Dos camas (de 1 mt c/u) + Rollaway (cama plegable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">TARIFA DE NIÑOS:</w:t>
       </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Solo 01 niño por habitación con 2 padres, para categoría platino y oro.</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    De 0 a 1 año: sin cargo, sin cama extra. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    De 2 a 5 años: 50% de descuento del precio del adulto con cama extra, según disponibilidad del hotel. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    De 6 en adelante: Se considera como adulto. . Donde la acomodación </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">será habitación triple. (Cama doble + Roll Way)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">•    De 06 en adelante: Se considera como adulto.</w:t>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OPCIONALES:</w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    ENTRE: 0 - 2 AÑOS (no globo): Gratis. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    Hasta 7 años: (no globo): 50% descuento. </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">•    7 años y más: mismo precio como adulto.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">OPCIONALES:</w:t>
-[...31 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">NOTA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">: Para volar en el globo, el piloto debe decidir si un niño vuela o no, porque depende de la altura.</w:t>
+      </w:r>
+      <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    No nos haremos responsables por los servicios contratados en otras empresas.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
@@ -2317,51 +2146,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3F791E43"/>
+    <w:nsid w:val="149733F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>