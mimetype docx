--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -1161,367 +1161,307 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">TRIPLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLATINO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">749</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">649</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">649</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1149</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">749</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">749</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Los precios publicados en dólares (USD) son referenciales y el pago deberá realizarse en pesos colombianos (COP) a la tasa de cambio interna que haya sido fijada por </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">MEGA TRAVEL SAS</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">o a la tasa de cambio oficial TRM vigente al momento de la compra.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TARIFA VIGENTE HASTA 28 FEBRERO 2026.</w:t>
+      </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTAS IMPORTANTES:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    La acomodación en triple será la adición de una cama extra portable una vez que los hoteles no suelen tener habitaciones con 3 camas en Turquía.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    En caso de no recibir los datos de vuelo de llegada o salida hasta 07 días antes del tour no se podrá garantizar el servicio de traslados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
@@ -1568,55 +1508,50 @@
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Los precios indicados en este sitio web, son de carácter informativo y deben ser confirmados para realizar su reservación ya que están sujetos a modificaciones sin previo aviso.</w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    No nos haremos responsables por los servicios contratados en otras empresas.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="2ca1d7"/>
           <w:sz w:val="45"/>
@@ -1672,1171 +1607,811 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORÍA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLATINO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESTAMBUL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gonen Hotel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Clarion Mahmutbey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nova Plaza Prime</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wishmore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Güneş Otel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Golden Tulip</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hilton Garden Inn Airport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">G Hotel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Or Similar</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ORO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESTAMBUL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dedeman Istanbul</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Doubletree By Hilton Piyalepaşa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ottoman Legacy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ishak Pasa By Signature</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Grand Pera</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Crowne Plaza Harbiye</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Or Similar</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CAPADOCIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Signature Spa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Signature Garden Avanos Avrasya Hotel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Perissia Hotel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Burcu Kaya Hotel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Altinöz Otel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Crystal Kaymakli</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alp Hotel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Or Similar</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PAMUKKALE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Adempira Termal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lycus River Termal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hierapark Hotel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Richmond</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hiepark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Polat Thermal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ramada Resort By Wyndham</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Or Similar</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">KUSADASI (NOV - MAY)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Signature Blue Resort</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Richmond Resort Kuşadasi</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ramada Hotel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tusan Beach Resort</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Or Similar</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IZMIR (JUN – OCT)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mitte Port Hotel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ramada Suites Kemalpaşa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Blanca Hotel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ramada Plaza Izmir</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lux Segment Icin</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hilton Garden Inn</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bayrakli</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Or Similar</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos en la misma categoría</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
@@ -3255,51 +2830,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2453BC99"/>
+    <w:nsid w:val="4708CD58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>