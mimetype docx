--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -831,53 +831,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">·   Operación con mínimo de dos personas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">·    La acomodación en triple será con la adición de una cama extra portable una vez que los hoteles no suelen tener habitaciones con 3 camas en Turquía.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">·    El hospedaje se podrá dar en Izmir o Kusadasi, de acuerdo con la temporada.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Fín de nuestros servicios.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -970,327 +967,255 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">TRIPLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PLATINO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">899</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">599</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">599</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ORO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1099</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">699</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">699</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NO INCLUYE: 2% de fee bancario </w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTA:</w:t>
       </w:r>
@@ -1327,366 +1252,282 @@
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SALIDAS 2025</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">OCTUBRE:</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">03,06,10,13,17,20,24,27,31</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NOVIEMBRE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">03,07,10,14,17,21,24,28</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DICIEMBRE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">01,05,08,12,15,19,22,26,29</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SALIDAS 2026</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ENERO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">02,05,09,12,16,19,23,26,30</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FEBRERO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">02,06,09,13,16,20,23,27</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MARZO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">02,06,09,13,16,20,23,27,30</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTAS IMPORTANTES: </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    En caso de no recibir los datos de vuelo de llegada o salida hasta 07 días antes del tour no se podrá garantizar el servicio de traslados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Para llegadas y/o salidas diferentes a las previstas en el tour, los traslados no están incluidos en el valor del paquete. </w:t>
       </w:r>
@@ -1700,51 +1541,51 @@
         <w:rPr/>
         <w:t xml:space="preserve">•    Los precios son ofrecidos con base en el aeropuerto Estambul (IST), en caso de traslado desde el aeropuerto Sabiha Gokcen (SAW) será cobrado suplemento. Lo anterior se aplica, aunque lleguen en las fechas indicadas de cada tour. Situaciones diferentes a las mencionadas anteriormente, por favor consultar con nosotros.</w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFA DE NIÑOS:</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Niños compartiendo en la misma habitación con sus padres sin cama adicional (máximo dos adultos + un niño)</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    0 – 1 año, gratis.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">•    2 – 6 años, descuento 50% con cama extra, según disponibilidad del hotel.</w:t>
+        <w:t xml:space="preserve">•    2 – 5 años, descuento 50% con cama extra, según disponibilidad del hotel.</w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    Las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•    No nos haremos responsables por los servicios contratados en otras empresas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
@@ -1829,828 +1670,582 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORÍA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PLATINO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESTAMBUL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GRAND HARILTON</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CLARION MAHMUTBEY</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA ENCORE BAYRAMPAŞA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GOLDEN TULIP OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CAPADOCIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE SPA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE GARDEN AVANOS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AVRASYA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PERISSIA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BURCU KAYA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ALTINÖZ OTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CRYSTAL KAYMAKLI</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ALP HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EMİN KOÇAK OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PAMUKKALE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA RESORT BY WYNDHAM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PAM THERMAL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEMPIRA TERMAL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LYCUS RIVER TERMAL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">COLOSSAE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RICHMOND OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">KUSADASI (NOV - MAY)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SIGNATURE BLUE RESORT ODELIA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TUSAN BEACH RESORT OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TODAS LAS CATEGORÍAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IZMIR (JUN – OCT)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA SUITES KEMALPAŞA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BLANCA HOTEL</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RAMADA PLAZA IZMIR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RADISSON ALIAGA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LUX SEGMENT ICIN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HILTON GARDEN INN BAYRAKLI OR SIMILAR</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ésta es la relación de los hoteles utilizados más frecuentemente en este circuito. Reflejada tan sólo a efectos indicativos, pudiendo ser el pasajero alojado en establecimientos similares o alternativos en la misma categoría.</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">* Horario de entrada: 13:00 o 14:00 Horario de salida: 11:00 o 12:00.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
@@ -3110,51 +2705,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="38AC432D"/>
+    <w:nsid w:val="62CBA1EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>