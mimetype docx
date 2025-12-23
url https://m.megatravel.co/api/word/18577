--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -74,51 +74,51 @@
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">14 Días y 12 Noches</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:before="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
-        <w:t xml:space="preserve">Desde $2899</w:t>
+        <w:t xml:space="preserve">Desde $2799</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">USD</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
         <w:t xml:space="preserve"> |  + 0 IMP </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:450pt; height:300pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
@@ -1297,628 +1297,490 @@
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">FECHAS</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE / TRIPLE</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:b w:val="1"/>
-                <w:bCs w:val="1"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">MENOR (2 a 11 años**)</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">MENOR (2 A 11 AÑOS)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MARZO 13</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...69 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 2.799</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 3.399</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 2.799</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFA: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nuestros programas son calculados a un tipo de cambio promedio del año vigente entre el peso colombiano frente al dólar y al euro; en caso de existir una fluctuación importante al alza, este ajuste deberá ser asumido de forma inmediata para garantizar los servicios. notificado vía correo electrónico por su asesor de venta.</w:t>
       </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nota</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">: Estos precios aplican para pagos en efectivo al cambio de la TRM del día. En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nota</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">HABITACIONES TRIPLES </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">(adicional a la cama doble se otorgará una supletoria, tipo cama plegable - catre). Sujeta a disponibilidad en el hotel al momento de reservar)</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">**Menores entre los 2 y hasta 11 años, compartiendo habitación con 2 adultos. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">**Máximo 1 niño por habitación (solicitamos copia pasaporte menor).</w:t>
       </w:r>
       <w:br/>
-      <w:r>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFAS PROMOCIONALES REFERENCIALES POR PERSONA </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">APLICABLES PARA SALIDAS GRUPALES EN PESOS COLOMBIANOS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:rPr/>
               <w:t xml:space="preserve">FECHAS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...20 lines deleted...]
-              </w:rPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">DOBLE / TRIPLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...20 lines deleted...]
-              </w:rPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...28 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MENOR (2 A 11 AÑOS)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MARZO 13</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...69 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$10.999.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$13.099.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$10.799.000</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFA: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nuestros programas son calculados a un tipo de cambio promedio del año vigente entre el peso colombiano frente al dólar y al euro; en caso de existir una fluctuación importante al alza, este ajuste deberá ser asumido de forma inmediata para garantizar los servicios. notificado vía correo electrónico por su asesor de venta.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Nota</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">: Estos precios aplican para pagos en efectivo al cambio de la TRM del día.</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">: Estos precios aplican para pagos en efectivo al cambio de la TRM del día. En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
+      </w:r>
+      <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HABITACIONES TRIPLES </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">(adicional a la cama doble se otorgará una supletoria, tipo cama plegable - catre). Sujeta a disponibilidad en el hotel al momento de reservar)</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">**Menores entre los 2 y hasta 11 años, compartiendo habitación con 2 adultos. </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">**Máximo 1 niño por habitación (solicitamos copia pasaporte menor).</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">PREVENTA - TARIFAS VIGENTES HASTA EL 30 DE SEPTIEMBRE DE 2025</w:t>
+      <w:br/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PREVENTA -  TARIFAS VIGENTES HASTA EL 30 DE DICIEMBRE DE 2025</w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Los precios indicados en este sitio web, son de carácter informativo y deben ser confirmados para realizar su reservación ya que están sujetos a modificaciones sin previo aviso.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1958,362 +1820,279 @@
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AVIANCA ITINERARIO AÉREO sujeto a cambio</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VUELO</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RUTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HORA SALIDA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HORA LLEGADA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AV 18</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BOGOTÁ – BARCELONA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15:35</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">07:40+1</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AV 229</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PARÍS – BOGOTÁ</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">09:25</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">14:35</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Estos itinerarios se publican con los vuelos informados por las aerolíneas, pueden variar si así lo determinan”</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
@@ -2378,643 +2157,499 @@
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BARCELONA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hesperia Sant Just / </w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gran Hotel Verdi (Sabadell)</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Novotel Sant Joan Despi</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NIZA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ibis Nice Promenade des Anglais /</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BB Nice Stade Rivera / </w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ibis Nice Centre Gare</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ROMA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Grand Hotel Fleming / </w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Belstay Roma Aurelia</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FLORENCIA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BB Nuovo Palazzo di Giustizia / </w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">The Gate / Mirage</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">VENECIA</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">(MESTRE)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Albatros (Mestre)</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ZÚRICH</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Novotel Zurich Airport Messe / </w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Intercity Zurich Airport o similar</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PARÍS</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ibis Paris La Villete Cite des Sciences 19eme</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kyriad Paris Nord Porte de Saint Ouen o similar</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3532,51 +3167,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2385E09D"/>
+    <w:nsid w:val="993E109E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>