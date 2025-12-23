--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -74,51 +74,51 @@
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="light"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">17 Días y 15 Noches</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:before="450"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
-        <w:t xml:space="preserve">Desde $3199</w:t>
+        <w:t xml:space="preserve">Desde $3099</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">USD</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="40.5"/>
           <w:szCs w:val="40.5"/>
         </w:rPr>
         <w:t xml:space="preserve"> |  + 0 IMP </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:450pt; height:300pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
@@ -1441,815 +1441,558 @@
         <w:t xml:space="preserve">TARIFAS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">TARIFAS ESPECIALES </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">TARIFAS PROMOCIONALES REFERENCIALES POR PERSONA  </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">APLICABLES PARA SALIDAS GRUPALES EN DOLARES AMERICANOS </w:t>
+        <w:t xml:space="preserve">APLICABLES PARA SALIDAS GRUPALES EN DOLARES AMERICANOS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">FECHAS</w:t>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">DOBLE / TRIPLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
-              <w:t xml:space="preserve">MENOR (2 a 11 años**)</w:t>
-[...6 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">MENOR (2 A 11 AÑOS)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">FEBRERO 05</w:t>
-[...18 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">MARZO 12</w:t>
             </w:r>
-            <w:r>
-[...86 lines deleted...]
-            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 3.099</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 3.999</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">USD 3.099</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFA:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Nuestros programas son calculados a un tipo de cambio promedio del año vigente entre el peso colombiano frente al dólar y al euro; en caso de existir una fluctuación importante al alza, este ajuste deberá ser asumido de forma inmediata para garantizar los servicios. notificado vía correo electrónico por su asesor de venta.</w:t>
       </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTA:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Estos precios aplican para pagos en efectivo al cambio de la TRM del día. En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HABITACIONES TRIPLES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> (adicional a la cama doble se otorgará una supletoria, tipo cama plegable - catre). Sujeta a disponibilidad en el hotel al momento de reservar)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
-      <w:br/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Estos precios aplican para pagos en efectivo al cambio de la TRM del día.</w:t>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">**Menores entre los 2 y hasta 11 años, compartiendo habitación con 2 adultos.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
-[...33 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">**Máximo 1 niño por habitación (solicitamos copia pasaporte menor). </w:t>
       </w:r>
       <w:br/>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">TARIFAS ESPECIALES </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">TARIFAS PROMOCIONALES REFERENCIALES POR PERSONA  </w:t>
+        <w:t xml:space="preserve">TARIFAS PROMOCIONALES REFERENCIALES POR PERSONA </w:t>
       </w:r>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">APLICABLES PARA SALIDAS GRUPALES EN PESOS COLOMBIANOS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
         <w:gridCol w:w="7800" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:jc w:val="start"/>
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FECHAS</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DOBLE / TRIPLE</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SENCILLA</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...25 lines deleted...]
-            </w:pPr>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MENOR (2 A 11 AÑOS)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">FEBRERO 05</w:t>
-[...116 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">MARZO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$11.999.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$15.399.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7800" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+              <w:spacing w:before="0" w:after="0"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">$11.999.000</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">TARIFA:</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Nuestros programas son calculados a un tipo de cambio promedio del año vigente entre el peso colombiano frente al dólar y al euro; en caso de existir una fluctuación importante al alza, este ajuste deberá ser asumido de forma inmediata para garantizar los servicios. notificado vía correo electrónico por su asesor de venta.</w:t>
       </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTA:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> Estos precios aplican para pagos en efectivo al cambio de la TRM del día. En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HABITACIONES TRIPLES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> (adicional a la cama doble se otorgará una supletoria, tipo cama plegable - catre). Sujeta a disponibilidad en el hotel al momento de reservar)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
-      <w:br/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> Estos precios aplican para pagos en efectivo al cambio de la TRM del día.</w:t>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">**Menores entre los 2 y hasta 11 años, compartiendo habitación con 2 adultos.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">En caso de alza en la tasa e impuestos de la tarifa aérea; lo cual es política de la aerolínea y/o impuestos hoteleros, tasas o contribuciones gubernamentales, aun existiendo pago parcial o total esta diferencia deberá ser asumida por el pasajero para la prestación del servicio.</w:t>
+        <w:t xml:space="preserve">**Máximo 1 niño por habitación (solicitamos copia pasaporte menor). </w:t>
+      </w:r>
+      <w:br/>
+      <w:br/>
+      <w:r>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PREVENTA - TARIFAS VIGENTES HASTA EL 30 DE DICIEMBRE DE 2025.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">NIÑOS: </w:t>
-[...58 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">Los precios indicados en este sitio web, son de carácter informativo y deben ser confirmados para realizar su reservación ya que están sujetos a modificaciones sin previo aviso.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:br/>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">VISITAS Y EXCURSIONES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">•  Las visitas o tours sugeridos cuyo valor está descrito en el programa serán ofrecidos por nuestro operador en destino, comprados desde aquí o directamente allá; sin embargo, si el pasajero decide realizar algunas de estas actividades no deberían ser contratadas con un operador diferente, ya que los horarios establecidos en los circuitos pueden variar.  El guía tiene total autonomía de modificar por motivos logísticos, operacionales o climáticos el orden de las visitas programadas, siempre respetando los servicios contratados.</w:t>
       </w:r>
     </w:p>
@@ -2274,417 +2017,328 @@
         <w:tblW w:w="7800" w:type="dxa"/>
         <w:tblLayout w:type="autofit"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="7" w:color="000000"/>
           <w:left w:val="single" w:sz="7" w:color="000000"/>
           <w:right w:val="single" w:sz="7" w:color="000000"/>
           <w:bottom w:val="single" w:sz="7" w:color="000000"/>
           <w:insideH w:val="single" w:sz="7" w:color="000000"/>
           <w:insideV w:val="single" w:sz="7" w:color="000000"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:rPr/>
               <w:t xml:space="preserve">IBERIA ITINERARIO AÉREO </w:t>
             </w:r>
             <w:br/>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:rPr/>
               <w:t xml:space="preserve">sujeto a cambio</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vuelo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ruta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hora salida</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hora llegada</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IB 156</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BOGOTÁ – MADRID</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">14:10</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">06:00+1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IB 153</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MADRID – BOGOTÁ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">16:30</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">20:55</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">“Estos itinerarios se publican con los vuelos informados por las aerolíneas, pueden variar si así lo determinan”</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22.5"/>
           <w:szCs w:val="22.5"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="2ca1d7"/>
           <w:sz w:val="45"/>
@@ -2752,1262 +2406,945 @@
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">PAÍS </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CIUDAD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">CATEGORIA </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:shd w:val="clear" w:fill="152441"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve">HOTEL </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:fill="152441"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESPAÑA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MADRID </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PRAGA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">AGUMAR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CHAMARTIN THE ONE O SIMILAR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ESPAÑA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BARCELONA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HESPERIA SANT JUST</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GRAN HOTEL VERDI (SABADELL) O</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NOVOTEL SANT JOAN DESPI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FRANCIA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NIZA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IBIS NICE PROMENADE DES ANGLAIS</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BB NICE STADE RIVERA O</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IBIS NICE CENTRE GARE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ITALIA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ROMA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">GRAND HOTEL FLEMING O</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BELSTAY ROMA AURELIA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ITALIA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FLORENCIA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BB NUOVO PALAZZO DI GIUSTIZIA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">THE GATE O</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MIRAGE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ITALIA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">VENECIA (MESTRE) </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ALBATROS (MESTRE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">SUIZA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ZURICH </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">NOVOTEL ZURICH AIRPORT MESSE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INTERCITY ZURICH AIRPORT O SIMILAR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FRANCIA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PARÍS </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IBIS PARIS LA VILLETE CITE DES SCIENCES 19EME</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">KYRIAD PARIS NORD PORTE DE SAINT OUEN O SIMILAR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">FRANCIA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BURDEOS </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TURISTA </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7800" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CAMPANILE BORDEAUX LE LAC</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BB BORDEAUX LES BEGLES O SIMILAR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Relacionamos los hoteles utilizados con mayor frecuencia en este circuito. esto a manera informativa, indicando también que el pasajero puede ser alojado en establecimientos similares o alternativos en la misma categoría. (hoteles periféricos).</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
@@ -4498,51 +3835,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:46pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1F9C3B5A"/>
+    <w:nsid w:val="3709A55F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>